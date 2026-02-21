--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8df4cc39ea4cd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re222c25ed5dc45db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf59cfdefe6a54de2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7dee428a04e47bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29776d15ee6f46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf59cfdefe6a54de2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd14e772d4a184e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7dee428a04e47bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...141 lines deleted...]
-          <x:t>5,221</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,215</x:t>
-[...38 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,439</x:t>
-[...90 lines deleted...]
-          <x:t>5,617</x:t>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>