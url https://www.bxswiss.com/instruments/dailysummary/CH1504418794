--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re222c25ed5dc45db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e3b162bc804fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7dee428a04e47bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8af2c7a61f2441dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd14e772d4a184e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7dee428a04e47bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef40fc65f3d46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8af2c7a61f2441dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>