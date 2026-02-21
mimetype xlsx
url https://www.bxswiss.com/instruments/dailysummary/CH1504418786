--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33767a8bbd6d4a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R930bb1efe2c2417c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4bb0b845b8d4c31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ba62562cf254c1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5dd2413a1264e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4bb0b845b8d4c31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf679612610ae451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ba62562cf254c1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,837</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,853</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,937</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>3,023</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>