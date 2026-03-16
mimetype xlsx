--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R930bb1efe2c2417c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2221894fde44ccb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ba62562cf254c1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce8f948972c4e7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf679612610ae451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ba62562cf254c1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38562bf4354413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce8f948972c4e7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>2,341</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...220 lines deleted...]
-          <x:t>2,013</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,955</x:t>
-[...58 lines deleted...]
-          <x:t>2,117</x:t>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>