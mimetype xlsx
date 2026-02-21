--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27d7ed75ad14cfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc9073271134ef1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1188b58697e4d46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3903d0648f4c74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc06666c05e8c46ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1188b58697e4d46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e07f058a874ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3903d0648f4c74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...124 lines deleted...]
-          <x:t>3,105</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,151</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,189</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>3,121</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,267</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>3,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>