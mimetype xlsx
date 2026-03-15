--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc9073271134ef1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba181e6ad9984046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3903d0648f4c74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc339e90c49d342e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e07f058a874ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3903d0648f4c74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde9bfc9f20b74583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc339e90c49d342e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>2,633</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,229</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>2,317</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,321</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,225</x:t>
-[...58 lines deleted...]
-          <x:t>2,401</x:t>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>