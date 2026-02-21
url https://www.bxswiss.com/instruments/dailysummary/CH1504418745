--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a5fcde99b604a00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb4510c766624765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf441f52d650340ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdaf8081a6b3431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d317ff9a974a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf441f52d650340ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a7b2aa8ee1f46fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdaf8081a6b3431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>5,471</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,667</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>5,545</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,591</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>6,037</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>