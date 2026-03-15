--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb4510c766624765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51664b18876428c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdaf8081a6b3431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e1a142ecb3346fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a7b2aa8ee1f46fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdaf8081a6b3431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra59bb46d0c3a491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e1a142ecb3346fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>5,083</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>4,951</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,915</x:t>
-[...168 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,653</x:t>
-[...90 lines deleted...]
-          <x:t>4,803</x:t>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>