--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a25a2b61d741ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcdd82033ec44cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R006f86f7d7884fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50f9a78127648d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc46e2931b04200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R006f86f7d7884fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb1e4fdc951149e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50f9a78127648d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>3,527</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>