--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R793f0fb97f044780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1934f885004a44aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4466affe72034277"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R255706275bab4884"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0d79bd40cb45ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4466affe72034277" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red718f6e9db44d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R255706275bab4884" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,489</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,559</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>3,561</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>3,703</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>