--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1934f885004a44aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb0bdf7e5aeb405b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R255706275bab4884"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0869d4632a024367"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red718f6e9db44d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R255706275bab4884" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d89433591e49d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0869d4632a024367" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>3,269</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,893</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,509</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,683</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>3,109</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,893</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>2,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,753</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>