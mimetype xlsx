--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R318301d5f8dc493c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55068a8127c543b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6e3c9158554970"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769bebea8f234d50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a220a42e574312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6e3c9158554970" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a1ee14fa874397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769bebea8f234d50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,241</x:t>
-[...16 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,127</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>6,479</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>