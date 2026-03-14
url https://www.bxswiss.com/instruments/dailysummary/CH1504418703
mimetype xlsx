--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55068a8127c543b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc72910a4ec27400e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769bebea8f234d50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfea59cd68fbd4857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a1ee14fa874397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769bebea8f234d50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ba310bab5fd4a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfea59cd68fbd4857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>5,485</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,937</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...219 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,267</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>