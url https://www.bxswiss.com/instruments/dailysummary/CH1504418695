--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R418fe3146b0049c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8ecc5cd96eb41ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a43a11bb73403a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c4c940f61a46ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1309429e60134a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a43a11bb73403a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d55316bd96145ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c4c940f61a46ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,691</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>3,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,629</x:t>
-[...31 lines deleted...]
-          <x:t>3,889</x:t>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>