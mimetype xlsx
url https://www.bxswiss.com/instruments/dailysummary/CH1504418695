--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8ecc5cd96eb41ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ce75de0c744f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c4c940f61a46ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb57e75865264265"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d55316bd96145ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c4c940f61a46ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9f605e1081b40c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb57e75865264265" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,671</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>3,279</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,057</x:t>
-[...188 lines deleted...]
-          <x:t>2,867</x:t>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>