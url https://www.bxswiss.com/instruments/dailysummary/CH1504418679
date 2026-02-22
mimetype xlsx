--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09e75b29d9884fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R526f18084df349fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91efc42562fa4aab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R988ce86b30c843f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4315d89ad606422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91efc42562fa4aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2547599ae2f1495f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R988ce86b30c843f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>3,621</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,867</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>4,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>