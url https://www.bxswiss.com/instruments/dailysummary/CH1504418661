--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b1e65bfb8348e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e720c24fbc04ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5010a7e565a84dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0952c4c77418418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8562769a1c54712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5010a7e565a84dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dbef77ca5b14158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0952c4c77418418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,165</x:t>
-[...48 lines deleted...]
-          <x:t>3,813</x:t>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,067</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>4,109</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>4,265</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>