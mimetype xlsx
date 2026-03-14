--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e720c24fbc04ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcbb036cf8724647" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0952c4c77418418a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc68d727257424a3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dbef77ca5b14158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0952c4c77418418a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02c499186ac240c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc68d727257424a3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>4,207</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,173</x:t>
-[...70 lines deleted...]
-          <x:t>3,445</x:t>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,159</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>3,013</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,801</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>