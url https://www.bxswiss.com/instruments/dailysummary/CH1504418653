--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2c1f38c89df4ed5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd819656a23074100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88093213321742eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1c627dab68b490a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra64baf1c8b9b40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88093213321742eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6283c39785c1439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1c627dab68b490a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>6,933</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>