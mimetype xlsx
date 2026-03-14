--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd819656a23074100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf87d73d141194ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1c627dab68b490a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R325b29e732734a3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6283c39785c1439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1c627dab68b490a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6171f91bc987486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R325b29e732734a3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>5,905</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,543</x:t>
-[...6 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,767</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>5,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,441</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>