--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fb59a848abc4fb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27bbd87ab77c417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0968856e715a417b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1266d2ade2f43c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25d90407e363468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0968856e715a417b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ac1940bf9f4022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1266d2ade2f43c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>1,291</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,261</x:t>
-[...70 lines deleted...]
-          <x:t>1,143</x:t>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>