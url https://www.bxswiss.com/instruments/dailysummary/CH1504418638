--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R135106be645549ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc1ffe2798394942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b7e7c3d1344934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2bd6c2bdb64d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6ac5ad194b84b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b7e7c3d1344934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2620e4e3cd1f4734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2bd6c2bdb64d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>4,329</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,221</x:t>
-[...220 lines deleted...]
-          <x:t>4,463</x:t>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>