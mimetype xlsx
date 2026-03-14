--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc1ffe2798394942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6433cd8b3d104f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2bd6c2bdb64d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd5b26c1329a43de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2620e4e3cd1f4734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2bd6c2bdb64d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87f53b7f0c9e476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd5b26c1329a43de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>4,401</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,367</x:t>
-[...87 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,481</x:t>
-[...166 lines deleted...]
-          <x:t>3,131</x:t>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,179</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>17.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,239</x:t>
-[...4 lines deleted...]
-          <x:t>2,961</x:t>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,159</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,429</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>3,381</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>