--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87838e3ac08a4502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724478b6fc9045d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2c5a3fc3cd1491a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fde3a738ce84837"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c146928666e4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2c5a3fc3cd1491a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c5afb817a854bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fde3a738ce84837" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,451</x:t>
-[...117 lines deleted...]
-          <x:t>4,661</x:t>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>