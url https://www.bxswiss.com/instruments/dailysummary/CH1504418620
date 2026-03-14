--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724478b6fc9045d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2d6c6fffe64cd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fde3a738ce84837"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9dd1210b1a4eb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c5afb817a854bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fde3a738ce84837" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R075e46b0f468406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9dd1210b1a4eb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>3,261</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,643</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>3,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,609</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>3,557</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>