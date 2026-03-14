--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88a860b29d434651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de313a910534d3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R884b829a74f94811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra27cf79320994a1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R756455c8f0084f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R884b829a74f94811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab514d127eb4660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra27cf79320994a1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>7,403</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>