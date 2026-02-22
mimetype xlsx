--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cbb8876fad14cee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556bd2d17a3a40b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R471f19c6e2b5413e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R325374aa83fb422a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e72896164d34f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R471f19c6e2b5413e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02fff348a6874f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R325374aa83fb422a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...151 lines deleted...]
-          <x:t>4,611</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,647</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,659</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>4,867</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>