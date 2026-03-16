--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556bd2d17a3a40b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d83ecaf190f4b74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R325374aa83fb422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035b1c0929404950"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02fff348a6874f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R325374aa83fb422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c58d02fc5eb419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035b1c0929404950" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...414 lines deleted...]
-          <x:t>4,195</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,817</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>3,693</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,527</x:t>
-[...43 lines deleted...]
-          <x:t>3,835</x:t>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,817</x:t>
-[...53 lines deleted...]
-          <x:t>3,743</x:t>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>