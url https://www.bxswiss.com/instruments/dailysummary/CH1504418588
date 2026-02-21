--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ae9a971b6884de9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce39c64bc9c64435" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f963f3a30ff4616"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree0c1bcea64e4100"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R560d6b7059504413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f963f3a30ff4616" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ed2f06af0f4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree0c1bcea64e4100" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>4,965</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,827</x:t>
-[...141 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,863</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>5,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>