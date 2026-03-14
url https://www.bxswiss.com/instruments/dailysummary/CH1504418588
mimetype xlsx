--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce39c64bc9c64435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f6cc3b0285c4408" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree0c1bcea64e4100"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2fbc25634e744be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ed2f06af0f4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree0c1bcea64e4100" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1596a7c79cfb43bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2fbc25634e744be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>