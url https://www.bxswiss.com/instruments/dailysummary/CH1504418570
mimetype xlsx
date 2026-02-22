--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a219af4ec7448ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d90c267d5a428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d38eef279764fc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d12c4b27bb441b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R520148765e64464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d38eef279764fc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c3a70d10ecf442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d12c4b27bb441b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>5,023</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,939</x:t>
-[...43 lines deleted...]
-          <x:t>5,027</x:t>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>5,287</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>