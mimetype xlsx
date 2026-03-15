--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d90c267d5a428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec2a3f6a72f148a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88d12c4b27bb441b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R537e669db70e41d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c3a70d10ecf442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88d12c4b27bb441b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6d55954c33475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R537e669db70e41d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>3,857</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,787</x:t>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,209</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>4,123</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>