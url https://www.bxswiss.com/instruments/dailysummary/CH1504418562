--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b0f23972e24e7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08596c8f435a4b49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ee9c27ad4e24117"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47581105f923400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R203f0ce6591d4567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ee9c27ad4e24117" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re87bab4d7e7e4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47581105f923400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...124 lines deleted...]
-          <x:t>7,395</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>7,885</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>