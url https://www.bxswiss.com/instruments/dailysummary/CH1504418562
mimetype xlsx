--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08596c8f435a4b49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e0b0c6879904b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47581105f923400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b74c6bf71074afd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re87bab4d7e7e4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47581105f923400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd989e40ea3e24989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b74c6bf71074afd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>6,161</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,403</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>6,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>