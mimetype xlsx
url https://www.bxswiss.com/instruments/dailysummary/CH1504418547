--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0739fd49e3442b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03fde711276486f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb05d730954c34ec5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9102d5f4c1b84d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616bb0068d564529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb05d730954c34ec5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a4a12d73ac34e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9102d5f4c1b84d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418547</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>5,233</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,139</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>5,503</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>