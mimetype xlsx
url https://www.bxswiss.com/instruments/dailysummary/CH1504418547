--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03fde711276486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd670e6f3d3ce45d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9102d5f4c1b84d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1bb18cb49f94655"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a4a12d73ac34e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9102d5f4c1b84d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafcaf03c42154b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1bb18cb49f94655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418547</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,045</x:t>
-[...435 lines deleted...]
-        <x:is>
           <x:t>4,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,277</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>