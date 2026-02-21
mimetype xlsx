--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cc1ae3d0863491e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc222ac5fd5874ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re26cae21732d4363"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe048bdee8874887"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R338ddb5ffcb74eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re26cae21732d4363" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec953c3a921342e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe048bdee8874887" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...124 lines deleted...]
-          <x:t>4,477</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>4,783</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>