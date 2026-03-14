--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc222ac5fd5874ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6226d4c412e4281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe048bdee8874887"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd31590a3a0e24941"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec953c3a921342e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe048bdee8874887" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R270b5786a3384d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd31590a3a0e24941" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>3,839</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,521</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>3,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,441</x:t>
-[...43 lines deleted...]
-          <x:t>3,541</x:t>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,361</x:t>
-[...43 lines deleted...]
-          <x:t>3,681</x:t>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,663</x:t>
-[...11 lines deleted...]
-          <x:t>3,603</x:t>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,379</x:t>
-[...31 lines deleted...]
-          <x:t>3,589</x:t>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>