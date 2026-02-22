--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb4c663efc754d4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5fccda40aff4130" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87a0935a30344dbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa82bbb1180544fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R770b77e4aed2466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87a0935a30344dbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1b352f30e74f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa82bbb1180544fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418521</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,317 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...48 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,927</x:t>
-[...225 lines deleted...]
-          <x:t>3,959</x:t>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>