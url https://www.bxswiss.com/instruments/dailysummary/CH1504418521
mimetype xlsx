--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5fccda40aff4130" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7515f30f0b9840bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa82bbb1180544fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5db597785914503"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1b352f30e74f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa82bbb1180544fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d7a00ff127480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5db597785914503" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418521</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>3,845</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,819</x:t>
-[...70 lines deleted...]
-          <x:t>3,013</x:t>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,481</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>3,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,095</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>2,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>