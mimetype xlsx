--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf41de4661f524208" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d9e4be0bda4f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fbf0d3317d64c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a7b6a70006e4d4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re44a8c536d4541c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fbf0d3317d64c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R195be8503dae4165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a7b6a70006e4d4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418513</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>3,013</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,885</x:t>
-[...6 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,743</x:t>
-[...193 lines deleted...]
-          <x:t>2,965</x:t>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>