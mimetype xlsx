--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d9e4be0bda4f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4cc30fc3864ddc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a7b6a70006e4d4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re89464b6d6ed4a7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R195be8503dae4165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a7b6a70006e4d4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4196df790d1b4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re89464b6d6ed4a7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418513</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>2,327</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,871</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,793</x:t>
-[...161 lines deleted...]
-          <x:t>1,585</x:t>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,411</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>