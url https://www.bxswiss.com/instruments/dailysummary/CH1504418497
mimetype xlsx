--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5149e2c2a83d45af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ff9371101e4dff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0842505cfa4545e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e4d1f6cf524650"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902f2aed48f84c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0842505cfa4545e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R998fa5df2f524cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e4d1f6cf524650" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,781</x:t>
-[...117 lines deleted...]
-          <x:t>5,009</x:t>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>