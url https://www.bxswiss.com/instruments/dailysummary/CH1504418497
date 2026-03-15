--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95ff9371101e4dff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45d3f49fe9704fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e4d1f6cf524650"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150501e3cf704fd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R998fa5df2f524cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e4d1f6cf524650" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d89d5289204405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150501e3cf704fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,899</x:t>
-[...237 lines deleted...]
-          <x:t>3,807</x:t>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,575</x:t>
-[...31 lines deleted...]
-          <x:t>3,793</x:t>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>