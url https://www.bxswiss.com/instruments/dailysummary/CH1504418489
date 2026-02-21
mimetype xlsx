--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e6e2799a7e44be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af55f7c53314cb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f49605a2b65468b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd75bf582345b4e16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce6c578c4eff4452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f49605a2b65468b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ae77469cfa54a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd75bf582345b4e16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>3,981</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,897</x:t>
-[...193 lines deleted...]
-          <x:t>4,197</x:t>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>