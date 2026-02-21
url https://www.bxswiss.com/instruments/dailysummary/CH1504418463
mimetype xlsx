--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b941072087c4d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb0c43d1b8c4f4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c3c17c736e54b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e123bf96de4982"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf41b70510061417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c3c17c736e54b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf46dfc4d39d48cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e123bf96de4982" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>8,075</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,975</x:t>
-[...65 lines deleted...]
-          <x:t>7,877</x:t>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,731</x:t>
-[...85 lines deleted...]
-          <x:t>8,387</x:t>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>