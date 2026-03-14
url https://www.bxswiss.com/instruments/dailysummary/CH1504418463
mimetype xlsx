--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb0c43d1b8c4f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172ec21ae59f4fa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e123bf96de4982"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1583ce499f1d4c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf46dfc4d39d48cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e123bf96de4982" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fe9272a0c034379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1583ce499f1d4c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>7,165</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...53 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,311</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>7,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,393</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>