--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a2c70fd437846d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332489dcf63d498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad5ca0ad3644717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28caa1d1b07b4a7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf11d845e944e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad5ca0ad3644717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97f2b805cf4844a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28caa1d1b07b4a7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...97 lines deleted...]
-          <x:t>5,563</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>5,943</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>