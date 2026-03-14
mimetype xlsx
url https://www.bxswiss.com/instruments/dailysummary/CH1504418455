--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332489dcf63d498d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19e5c1cbec845e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28caa1d1b07b4a7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b7ba11242842f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97f2b805cf4844a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28caa1d1b07b4a7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74d9b172d20e4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b7ba11242842f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>4,385</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,819</x:t>
-[...4 lines deleted...]
-          <x:t>4,357</x:t>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>4,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>