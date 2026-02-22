--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb316e09344f14190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0ac275d01f34346" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8626864f3034a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31c4b642cd94221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re944a507084e41a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8626864f3034a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6872ebe714942a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31c4b642cd94221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>5,239</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>