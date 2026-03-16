--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0ac275d01f34346" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7ab60c861b64f8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31c4b642cd94221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19985b4ef0a4559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6872ebe714942a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31c4b642cd94221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2731d998ac2c4f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19985b4ef0a4559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>4,255</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,923</x:t>
-[...43 lines deleted...]
-          <x:t>4,365</x:t>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,365</x:t>
-[...43 lines deleted...]
-          <x:t>4,493</x:t>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,221</x:t>
-[...188 lines deleted...]
-          <x:t>4,003</x:t>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>