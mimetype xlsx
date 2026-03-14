--- v0 (2026-02-22)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b304a63dd844578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd54c34a7d1c8458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra939feafc9f64f43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd31baf1550b342ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R152c386cd41c4d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra939feafc9f64f43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda71306bdeb8429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd31baf1550b342ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>