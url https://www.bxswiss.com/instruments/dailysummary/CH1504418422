--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb8bf0c9c32a463b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9c2ac8438b4b6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4afdcaa049514ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb180b8936294502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fae4e4d1a1a406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4afdcaa049514ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5010d6dbea7a4c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb180b8936294502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,317</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>3,487</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>