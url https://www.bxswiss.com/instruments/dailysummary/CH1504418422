--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9c2ac8438b4b6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01de158f207142f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb180b8936294502"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cf18bfb486a470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5010d6dbea7a4c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb180b8936294502" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re33bc8ef845d4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cf18bfb486a470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>2,325</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,419</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>2,253</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,799</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...192 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,141</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>