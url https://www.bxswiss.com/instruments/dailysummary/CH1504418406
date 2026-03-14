--- v0 (2026-02-22)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3abced5c23d4e89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd22ee2325a4829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c22aa1aa6b240f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree21e07c4a6749fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd17381e809ec4925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c22aa1aa6b240f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82983d269b1a40e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree21e07c4a6749fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>4,029</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,707</x:t>
-[...60 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,519</x:t>
-[...183 lines deleted...]
-          <x:t>3,397</x:t>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,383</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>3,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,941</x:t>
-[...144 lines deleted...]
-          <x:t>3,597</x:t>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>