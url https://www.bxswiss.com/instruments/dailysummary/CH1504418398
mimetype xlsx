--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0766d28265d84d35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92a2229bbc60487c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4a5c04bd524422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ba261afb18042e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755fefd72c814aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4a5c04bd524422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R935f1999f89f45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ba261afb18042e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,203</x:t>
-[...198 lines deleted...]
-          <x:t>2,955</x:t>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>