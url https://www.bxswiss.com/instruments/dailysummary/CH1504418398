--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92a2229bbc60487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80fd2cd2cea439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ba261afb18042e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re993ddac0bec49ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R935f1999f89f45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ba261afb18042e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R469836f11efd4677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re993ddac0bec49ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,497</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,229</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>3,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,089</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>3,091</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>