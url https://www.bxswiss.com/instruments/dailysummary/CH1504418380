--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05068065d1c34494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd60adeaad1843cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9118f720f4584082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23eb6b5d0404a2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R302772b81d69410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9118f720f4584082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R495ab7570bc04a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23eb6b5d0404a2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>2,763</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,639</x:t>
-[...16 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,549</x:t>
-[...75 lines deleted...]
-          <x:t>2,701</x:t>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,519</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>2,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>