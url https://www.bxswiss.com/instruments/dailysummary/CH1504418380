--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd60adeaad1843cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cea109c860c4c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23eb6b5d0404a2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc3d373d86e84fbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R495ab7570bc04a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23eb6b5d0404a2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c5143fa58474e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc3d373d86e84fbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,013</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,735</x:t>
-[...75 lines deleted...]
-          <x:t>2,341</x:t>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>2,305</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,471</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>19.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,709</x:t>
-[...36 lines deleted...]
-          <x:t>2,519</x:t>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>