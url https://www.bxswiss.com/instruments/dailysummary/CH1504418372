--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0fa8a288bf047f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71067ae34201451f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51243238ffbf4553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6706d6e94d1641b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7588e0dbe23040fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51243238ffbf4553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72b271740607412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6706d6e94d1641b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>29.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,021</x:t>
-[...80 lines deleted...]
-          <x:t>2,021</x:t>
+          <x:t>1,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,793</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>1,699</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>