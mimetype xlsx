--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a63d36fcaa4d0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd835f44a0be94c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09485acbf77947eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04e27ae13a104f0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11944896c4564927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09485acbf77947eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35b980106f854a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04e27ae13a104f0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>4,879</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>4,753</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,737</x:t>
-[...6 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,689</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>4,657</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>