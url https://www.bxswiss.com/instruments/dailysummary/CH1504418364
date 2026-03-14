--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd835f44a0be94c28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70b9fcac5cd4a9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04e27ae13a104f0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19de72d188ad43d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35b980106f854a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04e27ae13a104f0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6088482f6b834f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19de72d188ad43d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>4,693</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,565</x:t>
-[...543 lines deleted...]
-        <x:is>
           <x:t>4,837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>