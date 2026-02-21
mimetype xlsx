--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e893d18dc848fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R842516d3cf5549b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1c0c71ff5e04ac3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R162dad1418224e73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1930ef65b9474f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1c0c71ff5e04ac3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ce07144bc494857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R162dad1418224e73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,343</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,259</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>3,395</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,267</x:t>
-[...112 lines deleted...]
-          <x:t>3,189</x:t>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>