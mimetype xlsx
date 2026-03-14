--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R842516d3cf5549b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf87a32408484e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R162dad1418224e73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bb093ae14474715"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ce07144bc494857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R162dad1418224e73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra71f5de5d42041da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bb093ae14474715" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,641</x:t>
-[...436 lines deleted...]
-          <x:t>2,957</x:t>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,107</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>3,311</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>