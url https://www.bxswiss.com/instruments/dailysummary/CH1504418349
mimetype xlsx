--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc442cc0f6cb0486b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddf3f7231b749bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f47dddd9794d05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb001e2d3a194c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53885019c0284051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f47dddd9794d05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd3c464eb82e44d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb001e2d3a194c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>2,843</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,863</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,769</x:t>
-[...161 lines deleted...]
-          <x:t>2,763</x:t>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,797</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,787</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>2,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>