--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddf3f7231b749bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76dd2171159f4a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb001e2d3a194c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6cebb50828a40da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd3c464eb82e44d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb001e2d3a194c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58e7ef83ead74050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6cebb50828a40da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,775</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,787</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>2,599</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,739</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>2,787</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>