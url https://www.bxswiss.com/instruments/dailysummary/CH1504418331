--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4296f23e1d460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raab5b68920024879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70713e6b225e43a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0df0bb3434e44b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5630594d5de4a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70713e6b225e43a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1566897f38624673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0df0bb3434e44b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>2,307</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,317</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,219</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,283</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,253</x:t>
-[...161 lines deleted...]
-          <x:t>2,073</x:t>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>