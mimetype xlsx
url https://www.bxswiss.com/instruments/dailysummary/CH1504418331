--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raab5b68920024879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R458c6978b77b4123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0df0bb3434e44b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9485b05a2d2544df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1566897f38624673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0df0bb3434e44b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd3c69d1725b4649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9485b05a2d2544df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>2,063</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,087</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,193</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,053</x:t>
-[...65 lines deleted...]
-          <x:t>1,789</x:t>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,783</x:t>
-[...463 lines deleted...]
-          <x:t>2,177</x:t>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>