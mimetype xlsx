--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dc7c85e639c4380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a06435e4954592" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63d87055716b479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b22d4397ef4438"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4658945008cb4fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63d87055716b479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c6b04e38b142db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b22d4397ef4438" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...232 lines deleted...]
-          <x:t>1,339</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,471</x:t>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,285</x:t>
-[...4 lines deleted...]
-          <x:t>1,323</x:t>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>