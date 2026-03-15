--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a06435e4954592" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf10da296cfd14756" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b22d4397ef4438"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R405a54e149194bb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c6b04e38b142db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b22d4397ef4438" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc33f519695194706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R405a54e149194bb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>1,247</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,247</x:t>
-[...350 lines deleted...]
-          <x:t>1,331</x:t>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>