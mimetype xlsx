--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a97fc59a3ff42fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a158e6706e942e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c92628dd89140e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b90b3fb0bfe4ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04af9b91e5e94af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c92628dd89140e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7027351d18f4c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b90b3fb0bfe4ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,167</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,187</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,083</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>3,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,023</x:t>
-[...31 lines deleted...]
-          <x:t>2,939</x:t>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>