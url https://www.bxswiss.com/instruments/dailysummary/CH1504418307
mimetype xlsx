--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a158e6706e942e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2c55eea1b1445b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b90b3fb0bfe4ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7ae838704946c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7027351d18f4c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b90b3fb0bfe4ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37172609e5a74f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7ae838704946c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,363</x:t>
-[...193 lines deleted...]
-          <x:t>2,687</x:t>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,989</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>2,723</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,861</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>3,049</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>