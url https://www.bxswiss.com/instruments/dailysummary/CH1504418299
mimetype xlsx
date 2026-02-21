--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a077a109381453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e8149cc648414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d53d8ebb3b42c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b858bb4dd64671"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7065a300e1c4ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d53d8ebb3b42c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa137bce4f894eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b858bb4dd64671" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>29.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,517</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>2,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>