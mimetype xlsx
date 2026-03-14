--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13e8149cc648414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcde03d28d594fbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b858bb4dd64671"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8198397284b44bcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa137bce4f894eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b858bb4dd64671" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcd0b6604bbe4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8198397284b44bcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,507</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,517</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,629</x:t>
-[...387 lines deleted...]
-          <x:t>2,517</x:t>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>