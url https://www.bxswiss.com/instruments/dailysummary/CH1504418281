--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4266bc1f1c8a4cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df6c4fac5304e9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R427cf5c5240f4b3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e18978096f4a6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c522aa5745d449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R427cf5c5240f4b3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1bda4b72932490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e18978096f4a6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>2,121</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,021</x:t>
-[...16 lines deleted...]
-          <x:t>2,031</x:t>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,951</x:t>
-[...193 lines deleted...]
-          <x:t>1,809</x:t>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>