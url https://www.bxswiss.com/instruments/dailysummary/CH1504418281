--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df6c4fac5304e9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55da051b4f464cbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e18978096f4a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dc37bf92a1940da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1bda4b72932490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e18978096f4a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38944c1f3ef44d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dc37bf92a1940da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,921</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,791</x:t>
-[...38 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,903</x:t>
-[...522 lines deleted...]
-          <x:t>1,887</x:t>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>