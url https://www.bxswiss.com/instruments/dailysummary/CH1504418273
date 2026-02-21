--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd662d473fbc0422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24aa71703c0649b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460a5d0eb00b4c72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea6c557b84045f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd57d5436ac694284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460a5d0eb00b4c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76fbdf860e974656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea6c557b84045f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>1,403</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,273</x:t>
-[...102 lines deleted...]
-          <x:t>1,111</x:t>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,167</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,063</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>