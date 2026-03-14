--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24aa71703c0649b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf726b29c47460a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea6c557b84045f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664f9e6fd10249ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76fbdf860e974656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea6c557b84045f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c6c9bfeff248f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664f9e6fd10249ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,905</x:t>
-[...512 lines deleted...]
-          <x:t>0,983</x:t>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>