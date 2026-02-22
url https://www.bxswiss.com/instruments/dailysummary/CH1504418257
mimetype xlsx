--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6317462f704351" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1007b32bf4194bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59d28169fb6b4d5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffd4a84a7cb94190"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb90d45a9ac4701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59d28169fb6b4d5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c18bc7257ec47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffd4a84a7cb94190" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418257</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>2,843</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,773</x:t>
-[...119 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,771</x:t>
-[...48 lines deleted...]
-          <x:t>2,805</x:t>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,691</x:t>
-[...4 lines deleted...]
-          <x:t>2,711</x:t>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>