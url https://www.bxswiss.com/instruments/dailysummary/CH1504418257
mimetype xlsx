--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1007b32bf4194bdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa34cbf500b431b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffd4a84a7cb94190"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e09152203504871"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c18bc7257ec47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffd4a84a7cb94190" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1606a53ba0654987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e09152203504871" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418257</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,775</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,667</x:t>
-[...16 lines deleted...]
-          <x:t>2,681</x:t>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,647</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>2,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,037</x:t>
-[...296 lines deleted...]
-          <x:t>2,809</x:t>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>