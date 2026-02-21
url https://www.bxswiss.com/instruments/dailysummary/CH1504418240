--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cade2dc9e7e4a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c025d95e3364437" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92084600a7314916"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836035ea0a614daa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea854c2d6cf3489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92084600a7314916" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a7ea2604984ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836035ea0a614daa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,431</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>2,343</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,283</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,289</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>2,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>