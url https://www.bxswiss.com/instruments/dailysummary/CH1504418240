--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c025d95e3364437" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8942e8c72d84c8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836035ea0a614daa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd297d0febb8e4aaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a7ea2604984ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836035ea0a614daa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9a6493fd09d4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd297d0febb8e4aaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>2,271</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,279</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>2,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,053</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>2,273</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>2,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,029</x:t>
-[...247 lines deleted...]
-          <x:t>2,279</x:t>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>