--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c60778fa6d45e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a5f04f149a4601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cf5cfe07e7c4dc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1e723d31324f5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra061fefb0a5a4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cf5cfe07e7c4dc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618e360ecc334fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1e723d31324f5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...65 lines deleted...]
-          <x:t>2,229</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,131</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,077</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,083</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,085</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,131</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,065</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>1,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>