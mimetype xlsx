--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a5f04f149a4601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e01ad24ac24035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1e723d31324f5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R433081393bd34f57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618e360ecc334fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1e723d31324f5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R475a17f8818f4112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R433081393bd34f57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,435</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,177</x:t>
-[...237 lines deleted...]
-          <x:t>1,803</x:t>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>2,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>