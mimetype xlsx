--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb862b7d0bf7642ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc678d83d18db4e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8333c7a77564556"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea729933fbf4f35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R919df6f281e24b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8333c7a77564556" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6471a7e0604b4594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea729933fbf4f35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>3,851</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,547</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,821</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,807</x:t>
-[...16 lines deleted...]
-          <x:t>3,793</x:t>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,781</x:t>
-[...102 lines deleted...]
-          <x:t>3,809</x:t>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,833</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>3,737</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>