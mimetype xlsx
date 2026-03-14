--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc678d83d18db4e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c5eae4a4af4d26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea729933fbf4f35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00095d9eede34225"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6471a7e0604b4594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea729933fbf4f35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb99e8ce1b7e48f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00095d9eede34225" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>4,011</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,865</x:t>
-[...48 lines deleted...]
-          <x:t>3,649</x:t>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>3,827</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>