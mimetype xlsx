--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R213d3d99d9574d73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb58ae8d11a04854" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e81ea44f0f44e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80834add40184fac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27a2d3a926574e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e81ea44f0f44e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5cc1c5c8f14e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80834add40184fac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,493</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,449</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,369</x:t>
-[...33 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,383</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>2,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>