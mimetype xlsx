--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb58ae8d11a04854" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5c40d620b834334" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80834add40184fac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R295f10d7051f414f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5cc1c5c8f14e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80834add40184fac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42deae3386ae43aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R295f10d7051f414f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>2,439</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,467</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,245</x:t>
-[...544 lines deleted...]
-          <x:t>2,383</x:t>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>