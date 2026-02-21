--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46000cadba74638" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1376a4c13f74bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a2b6197ac44553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c926bb3c03e4842"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f66a05cba04443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a2b6197ac44553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e167de5db684179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c926bb3c03e4842" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,979</x:t>
-[...26 lines deleted...]
-          <x:t>1,941</x:t>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,921</x:t>
-[...151 lines deleted...]
-          <x:t>1,907</x:t>
+          <x:t>1,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,811</x:t>
+          <x:t>1,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>