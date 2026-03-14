--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1376a4c13f74bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e0a3d727314067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c926bb3c03e4842"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72fbcbf8691f4e37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e167de5db684179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c926bb3c03e4842" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35116379f1204d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72fbcbf8691f4e37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,217</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,775</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...419 lines deleted...]
-          <x:t>1,919</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>