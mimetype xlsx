--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cfccd58d2c54cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaa8953984224e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b22da6e31d74ad8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6942c319518c4391"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd456bfcbff6940b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b22da6e31d74ad8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3afd3b52ac184d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6942c319518c4391" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...55 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,301</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,235</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,181</x:t>
-[...102 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,197</x:t>
-[...33 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,253</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>2,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>