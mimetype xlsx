--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaa8953984224e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd12df0ad5f8d46fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6942c319518c4391"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R908695e2d85b4ec4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3afd3b52ac184d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6942c319518c4391" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45fe5913c7e74b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R908695e2d85b4ec4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504418166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>2,081</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,103</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,093</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,065</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>2,163</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>2,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>